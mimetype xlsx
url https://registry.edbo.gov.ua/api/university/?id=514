--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -1598,51 +1598,51 @@
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
         <v>40733</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t>ДС 004426</t>
         </is>
       </c>
       <c r="I6" s="9" t="n">
-        <v>46204</v>
+        <v>47118</v>
       </c>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
@@ -1799,51 +1799,51 @@
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
         <v>40732</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Будівництво та експлуатація будівель і споруд</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t>ДС 004425</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>47118</v>
+        <v>46204</v>
       </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
@@ -2181,51 +2181,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -2280,84 +2280,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>