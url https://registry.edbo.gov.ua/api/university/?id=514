--- v1 (2025-12-27)
+++ v2 (2026-03-11)
@@ -407,51 +407,51 @@
         <is>
           <t>gvpt@ua.fm</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>tttp:llgvpk.dp.ual</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Шавлай Станіслав Васильович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -2181,51 +2181,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -2247,117 +2247,117 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>