--- v0 (2025-12-12)
+++ v1 (2026-02-18)
@@ -1555,54 +1555,54 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">