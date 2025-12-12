--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -4995,51 +4995,51 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
@@ -5097,51 +5097,51 @@
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>47</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
@@ -5160,51 +5160,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
@@ -5259,84 +5259,84 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -5589,51 +5589,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
@@ -5655,183 +5655,183 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -5886,150 +5886,150 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
@@ -6051,87 +6051,87 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I35"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">