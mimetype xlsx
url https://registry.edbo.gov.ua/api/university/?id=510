--- v1 (2025-12-12)
+++ v2 (2026-02-18)
@@ -4995,150 +4995,150 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -5193,153 +5193,153 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>43</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -5394,51 +5394,51 @@
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -5490,150 +5490,150 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
@@ -5655,51 +5655,51 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -5721,51 +5721,51 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -5787,249 +5787,249 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>36</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
@@ -6051,84 +6051,84 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>396</v>
+        <v>381</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I35"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>