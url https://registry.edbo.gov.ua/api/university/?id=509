--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -2761,51 +2761,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -2827,117 +2827,117 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>37</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>