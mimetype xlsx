--- v1 (2026-01-02)
+++ v2 (2026-02-18)
@@ -2695,117 +2695,117 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -2827,154 +2827,154 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="F12" s="8" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E13" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>