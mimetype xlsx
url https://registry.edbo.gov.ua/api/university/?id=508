--- v0 (2025-11-04)
+++ v1 (2026-01-01)
@@ -3630,51 +3630,51 @@
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
         <v>53</v>
       </c>
       <c r="F14" s="8" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>