--- v1 (2026-01-01)
+++ v2 (2026-02-18)
@@ -3627,51 +3627,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>15</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>