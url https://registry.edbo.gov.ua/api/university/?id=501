--- v0 (2025-10-26)
+++ v1 (2026-01-24)
@@ -3669,51 +3669,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3735,117 +3735,117 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>