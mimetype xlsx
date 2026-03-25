--- v1 (2026-01-24)
+++ v2 (2026-03-25)
@@ -3735,84 +3735,84 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -3834,51 +3834,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>