--- v0 (2025-12-07)
+++ v1 (2026-01-24)
@@ -4423,84 +4423,84 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -4526,51 +4526,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -4592,51 +4592,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>12</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
@@ -4691,447 +4691,447 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>195</v>
+        <v>177</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>19</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>7</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>7</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>