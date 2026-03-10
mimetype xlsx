--- v1 (2026-01-24)
+++ v2 (2026-03-10)
@@ -4456,51 +4456,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -4625,51 +4625,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
@@ -4691,51 +4691,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -4856,51 +4856,51 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -4922,54 +4922,54 @@
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F18" s="8" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -4988,51 +4988,51 @@
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>7</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>