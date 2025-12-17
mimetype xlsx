--- v0 (2025-10-16)
+++ v1 (2025-12-17)
@@ -514,51 +514,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>128</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 29.01.2021 № 11-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -666,51 +666,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>056</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -1636,120 +1636,120 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>47</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
@@ -1768,84 +1768,84 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>