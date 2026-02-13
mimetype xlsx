--- v1 (2025-12-17)
+++ v2 (2026-02-13)
@@ -1390,51 +1390,51 @@
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>26935</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G12" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t>ІП 11003383</t>
         </is>
       </c>
       <c r="I12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J12" s="8" t="inlineStr">
         <is>
           <t>ІП 11003383</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
@@ -1669,183 +1669,183 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>