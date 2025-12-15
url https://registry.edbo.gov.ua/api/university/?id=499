--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -2977,97 +2977,101 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>B14</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
         <v>85242</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I26" s="9"/>
+          <t>ДС 006529</t>
+        </is>
+      </c>
+      <c r="I26" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J26" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E27" s="8" t="n">
         <v>73099</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Живопис</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I27" s="9"/>
+          <t>ДС 006527</t>
+        </is>
+      </c>
+      <c r="I27" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J27" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
@@ -3141,54 +3145,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>J1</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Послуги краси</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
         <v>73130</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>ДС 006528</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K30"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I11"/>
@@ -3254,51 +3260,51 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B14</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
@@ -3431,51 +3437,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -3563,54 +3569,54 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">