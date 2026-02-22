--- v1 (2025-12-15)
+++ v2 (2026-02-22)
@@ -3260,88 +3260,88 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B14</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
@@ -3437,84 +3437,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
@@ -3569,51 +3569,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>7</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>