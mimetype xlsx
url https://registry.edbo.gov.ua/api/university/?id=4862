--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -257,111 +257,111 @@
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Сільська рада</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>63250</t>
+          <t>63251</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA63060110010039159</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Регіон (місцезнаходження)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>с. Старовірівка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>вул. Гагаріна, 35</t>
+          <t>вул. Центральна, 64</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+057(40)-512-84</t>
+          <t>+38(057)-405-12-84</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>vostarovirivka@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">