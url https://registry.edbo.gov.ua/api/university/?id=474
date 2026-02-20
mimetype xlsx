--- v0 (2025-11-05)
+++ v1 (2026-02-20)
@@ -17,51 +17,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Освітні програми" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$17</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$53</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$54</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$18</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -1179,51 +1179,51 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C3" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="8" t="n">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="G3" s="8"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 28.04.2025 № 43-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
@@ -1743,51 +1743,51 @@
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 17.10.2019 № 971-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K53"/>
+  <dimension ref="A1:K54"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -3273,747 +3273,786 @@
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
-          <t>B14</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Організація соціокультурної діяльності</t>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="8" t="n">
-        <v>79774</v>
+        <v>88318</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
-          <t>Організація соціокультурної діяльності</t>
+          <t>Інформаційно-комунікаційна та бібліотечна справа</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B14</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="8" t="n">
-        <v>75299</v>
+        <v>79774</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
-      <c r="D39" s="3" t="inlineStr">
+      <c r="D39" s="3"/>
+      <c r="E39" s="8" t="n">
+        <v>75299</v>
+      </c>
+      <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
-        </is>
-[...6 lines deleted...]
-          <t>Дизайн</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Декоративне мистецтво та ремесла</t>
-[...2 lines deleted...]
-      <c r="D40" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D40" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E40" s="8" t="n">
-        <v>83374</v>
+        <v>79773</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
-          <t>Декоративне мистецтво</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Декоративне мистецтво та ремесла</t>
+        </is>
+      </c>
+      <c r="D41" s="3"/>
       <c r="E41" s="8" t="n">
-        <v>79803</v>
+        <v>83374</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Декоративне мистецтво</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D42" s="3"/>
+          <t>Образотворче мистецтво та реставрація</t>
+        </is>
+      </c>
+      <c r="D42" s="3" t="inlineStr">
+        <is>
+          <t>Візуальні мистецтва</t>
+        </is>
+      </c>
       <c r="E42" s="8" t="n">
-        <v>80052</v>
+        <v>79803</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
-          <t>Естрадний спів</t>
+          <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I42" s="9"/>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="8" t="n">
-        <v>80053</v>
+        <v>80052</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
-          <t>Народне пісенне мистецтво</t>
+          <t>Естрадний спів</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="8" t="n">
-        <v>80054</v>
+        <v>80053</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
-          <t>Естрадні інструменти</t>
+          <t>Народне пісенне мистецтво</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="8" t="n">
-        <v>80055</v>
+        <v>80054</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
-          <t>Народні інструменти</t>
+          <t>Естрадні інструменти</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I45" s="9"/>
       <c r="J45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D46" s="3"/>
       <c r="E46" s="8" t="n">
-        <v>87067</v>
+        <v>80055</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
-          <t>Видовищно-театралізовані заходи</t>
+          <t>Народні інструменти</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I46" s="9"/>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E47" s="8" t="n">
-        <v>87200</v>
+        <v>87067</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
-          <t>Сценічне мистецтво</t>
+          <t>Видовищно-театралізовані заходи</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I47" s="9"/>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E48" s="8" t="n">
-        <v>87201</v>
+        <v>87200</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
-          <t>Актор драматичного театру</t>
+          <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I48" s="9"/>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E49" s="8" t="n">
-        <v>87203</v>
+        <v>87201</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
-          <t>Актор театру ляльок</t>
+          <t>Актор драматичного театру</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I49" s="9"/>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
-          <t>Хореографічне мистецтво</t>
+          <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E50" s="8" t="n">
-        <v>79772</v>
+        <v>87203</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
-          <t>Народна хореографія</t>
+          <t>Актор театру ляльок</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I50" s="9"/>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E51" s="8" t="n">
-        <v>87057</v>
+        <v>79772</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
-          <t>Естрадний танець</t>
+          <t>Народна хореографія</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I51" s="9"/>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E52" s="8" t="n">
-        <v>87205</v>
+        <v>87057</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Естрадний танець</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I52" s="9"/>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
-          <t>Циркове мистецтво</t>
+          <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E53" s="8" t="n">
-        <v>87068</v>
+        <v>87205</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
-          <t>Циркові жанри</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B54" s="7" t="inlineStr">
+        <is>
+          <t>B6</t>
+        </is>
+      </c>
+      <c r="C54" s="3" t="inlineStr">
+        <is>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D54" s="3" t="inlineStr">
+        <is>
+          <t>Циркове мистецтво</t>
+        </is>
+      </c>
+      <c r="E54" s="8" t="n">
+        <v>87068</v>
+      </c>
+      <c r="F54" s="3" t="inlineStr">
+        <is>
+          <t>Циркові жанри</t>
+        </is>
+      </c>
+      <c r="G54" s="3"/>
+      <c r="H54" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I54" s="9"/>
+      <c r="J54" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K54" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K53"/>
+  <autoFilter ref="A1:K54"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I18"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -4177,51 +4216,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
@@ -4247,51 +4286,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
@@ -4424,51 +4463,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -4527,51 +4566,51 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
@@ -4593,84 +4632,84 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="F17" s="8" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I18"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>