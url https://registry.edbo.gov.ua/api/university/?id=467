--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -2861,117 +2861,117 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3026,51 +3026,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -3125,51 +3125,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>