--- v1 (2025-12-16)
+++ v2 (2026-03-16)
@@ -374,63 +374,63 @@
         <is>
           <t>м. Торецьк</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. ЄВГЕНА СЕДНЄВА, 3А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(06247) 4-14-23,93645, +380501653556</t>
+          <t>+38(062)-474-14-23</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>miningteh@i.ua</t>
+          <t>miningteh2@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
@@ -2861,84 +2861,84 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -3026,150 +3026,150 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>