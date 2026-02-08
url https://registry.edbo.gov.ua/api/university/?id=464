--- v0 (2025-12-09)
+++ v1 (2026-02-08)
@@ -3818,84 +3818,84 @@
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>34</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
@@ -3980,84 +3980,84 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>51</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -4079,87 +4079,87 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
@@ -4211,84 +4211,84 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I18"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>