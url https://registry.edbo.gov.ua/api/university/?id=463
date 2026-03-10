--- v0 (2025-12-15)
+++ v1 (2026-03-10)
@@ -4711,51 +4711,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -4781,88 +4781,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -4884,117 +4884,117 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>155</v>
+        <v>113</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>117</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>