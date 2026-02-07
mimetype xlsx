--- v0 (2025-11-09)
+++ v1 (2026-02-07)
@@ -3771,51 +3771,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -3870,117 +3870,117 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G10</t>
         </is>
       </c>
@@ -4006,117 +4006,117 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E9" s="8" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -4171,51 +4171,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>61</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -4237,84 +4237,84 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>