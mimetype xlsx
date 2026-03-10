--- v0 (2025-11-01)
+++ v1 (2026-03-10)
@@ -4539,51 +4539,51 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="8" t="n">
         <v>66110</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
-          <t>ДО 0048158</t>
+          <t>ДО 004815</t>
         </is>
       </c>
       <c r="I33" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
@@ -5179,216 +5179,216 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -5443,51 +5443,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
@@ -5509,51 +5509,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -5575,51 +5575,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -5641,216 +5641,216 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>