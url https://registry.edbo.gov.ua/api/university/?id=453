--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -2156,55 +2156,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
         <v>58308</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t>ДО 004189</t>
+          <t>ДО 006760</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
@@ -2765,84 +2765,84 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>12</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>21</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
@@ -2938,84 +2938,84 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>13</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>143</t>
         </is>
       </c>