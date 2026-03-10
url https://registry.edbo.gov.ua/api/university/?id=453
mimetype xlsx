--- v1 (2025-12-15)
+++ v2 (2026-03-10)
@@ -2765,51 +2765,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>12</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -2938,84 +2938,84 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>143</t>
         </is>
       </c>
@@ -3037,51 +3037,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -3103,51 +3103,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>