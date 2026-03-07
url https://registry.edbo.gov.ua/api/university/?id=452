--- v0 (2025-12-09)
+++ v1 (2026-03-07)
@@ -20,51 +20,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ПТО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$14</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$25</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$29</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$14</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -2015,51 +2015,51 @@
       </c>
       <c r="C14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D14" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K25"/>
+  <dimension ref="A1:K29"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2499,55 +2499,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
         <v>44141</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Діловодство</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t>ДО 000826</t>
+          <t>ДО 006896</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
@@ -2581,55 +2581,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
         <v>44128</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Розробка програмного забезпечення</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t>ДО 000828</t>
+          <t>ДО 006895</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D14" s="3"/>
@@ -2807,339 +2807,499 @@
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
           <t>ДО 004854</t>
         </is>
       </c>
       <c r="I18" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>77958</v>
+        <v>88380</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Інформаційна аналітика та діловодство</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
-          <t>ДО 004853</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I19" s="9"/>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
-      <c r="D20" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>86540</v>
+        <v>77958</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I20" s="9"/>
+          <t>ДО 004853</t>
+        </is>
+      </c>
+      <c r="I20" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
-[...2 lines deleted...]
-      <c r="D21" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D21" s="3" t="inlineStr">
+        <is>
+          <t>Дизайн середовища</t>
+        </is>
+      </c>
       <c r="E21" s="8" t="n">
-        <v>77949</v>
+        <v>86540</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
-          <t>Бухгалтерський облік</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
-          <t>ДО 004852</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I21" s="9"/>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>77951</v>
+        <v>77949</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
-          <t>Розробка програмного забезпечення</t>
+          <t>Бухгалтерський облік</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
-          <t>ДО 004857</t>
+          <t>ДО 004852</t>
         </is>
       </c>
       <c r="I22" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Облік і оподаткування</t>
+        </is>
+      </c>
+      <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>74264</v>
+        <v>88381</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
-          <t>Технологія обробки матеріалів на верстатах і автоматичних лініях</t>
+          <t>Логістика, діджитал-облік і аудит</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t>ДО 004855</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I23" s="9"/>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Інженерія програмного забезпечення</t>
+        </is>
+      </c>
+      <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
-        <v>74266</v>
+        <v>77951</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
-          <t>Інструментальне виробництво</t>
+          <t>Розробка програмного забезпечення</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I24" s="9"/>
+          <t>ДО 004857</t>
+        </is>
+      </c>
+      <c r="I24" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
-[...2 lines deleted...]
-      <c r="D25" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D25" s="3" t="inlineStr">
+        <is>
+          <t>Верстати та інструменти</t>
+        </is>
+      </c>
       <c r="E25" s="8" t="n">
-        <v>77954</v>
+        <v>74264</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
-          <t>Обслуговування систем управління і автоматики</t>
+          <t>Технологія обробки матеріалів на верстатах і автоматичних лініях</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
-          <t>ДО 004856</t>
+          <t>ДО 004855</t>
         </is>
       </c>
       <c r="I25" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B26" s="7" t="inlineStr">
+        <is>
+          <t>G11</t>
+        </is>
+      </c>
+      <c r="C26" s="3" t="inlineStr">
+        <is>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D26" s="3" t="inlineStr">
+        <is>
+          <t>Верстати та інструменти</t>
+        </is>
+      </c>
+      <c r="E26" s="8" t="n">
+        <v>74266</v>
+      </c>
+      <c r="F26" s="3" t="inlineStr">
+        <is>
+          <t>Інструментальне виробництво</t>
+        </is>
+      </c>
+      <c r="G26" s="3"/>
+      <c r="H26" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I26" s="9"/>
+      <c r="J26" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K26" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B27" s="7" t="inlineStr">
+        <is>
+          <t>G11</t>
+        </is>
+      </c>
+      <c r="C27" s="3" t="inlineStr">
+        <is>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D27" s="3" t="inlineStr">
+        <is>
+          <t>Верстати та інструменти</t>
+        </is>
+      </c>
+      <c r="E27" s="8" t="n">
+        <v>88383</v>
+      </c>
+      <c r="F27" s="3" t="inlineStr">
+        <is>
+          <t>Комп'ютерний інжиніринг у машинобудуванні</t>
+        </is>
+      </c>
+      <c r="G27" s="3"/>
+      <c r="H27" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I27" s="9"/>
+      <c r="J27" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K27" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B28" s="7" t="inlineStr">
+        <is>
+          <t>G7</t>
+        </is>
+      </c>
+      <c r="C28" s="3" t="inlineStr">
+        <is>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+        </is>
+      </c>
+      <c r="D28" s="3"/>
+      <c r="E28" s="8" t="n">
+        <v>77954</v>
+      </c>
+      <c r="F28" s="3" t="inlineStr">
+        <is>
+          <t>Обслуговування систем управління і автоматики</t>
+        </is>
+      </c>
+      <c r="G28" s="3"/>
+      <c r="H28" s="7" t="inlineStr">
+        <is>
+          <t>ДО 004856</t>
+        </is>
+      </c>
+      <c r="I28" s="9" t="n">
+        <v>46204</v>
+      </c>
+      <c r="J28" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K28" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B29" s="7" t="inlineStr">
+        <is>
+          <t>G7</t>
+        </is>
+      </c>
+      <c r="C29" s="3" t="inlineStr">
+        <is>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+        </is>
+      </c>
+      <c r="D29" s="3"/>
+      <c r="E29" s="8" t="n">
+        <v>88382</v>
+      </c>
+      <c r="F29" s="3" t="inlineStr">
+        <is>
+          <t>Інженерія автоматизованих та роботизованих систем</t>
+        </is>
+      </c>
+      <c r="G29" s="3"/>
+      <c r="H29" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I29" s="9"/>
+      <c r="J29" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K29" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K25"/>
+  <autoFilter ref="A1:K29"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I14"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -3299,51 +3459,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -3439,150 +3599,150 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -3604,54 +3764,54 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F14" s="8" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">