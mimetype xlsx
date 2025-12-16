--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -2860,51 +2860,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>9</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -2992,150 +2992,150 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>21</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>