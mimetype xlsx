--- v1 (2025-12-16)
+++ v2 (2026-02-12)
@@ -2860,51 +2860,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>9</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -3058,54 +3058,54 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>384</v>
+        <v>248</v>
       </c>
       <c r="F12" s="8" t="n">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>