--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -4558,51 +4558,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -4690,51 +4690,51 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>