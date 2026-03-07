--- v1 (2026-01-03)
+++ v2 (2026-03-07)
@@ -4290,51 +4290,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -4426,51 +4426,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -4492,51 +4492,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -4558,51 +4558,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -4690,51 +4690,51 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>