--- v0 (2026-01-09)
+++ v1 (2026-03-25)
@@ -4191,51 +4191,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -4257,51 +4257,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -4389,51 +4389,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -4554,150 +4554,150 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>