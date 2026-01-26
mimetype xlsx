--- v0 (2025-10-28)
+++ v1 (2026-01-26)
@@ -367,51 +367,51 @@
         <is>
           <t>с-ще Рокитне</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Незалежності, 8</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+036(35)-221-43</t>
+          <t>+38(036)-352-21-43</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>rokimedu@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
@@ -1606,84 +1606,84 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>