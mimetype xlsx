--- v1 (2026-01-26)
+++ v2 (2026-03-23)
@@ -399,51 +399,51 @@
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>rokimedu@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Виконуюча обов`язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Киркова Мирослава Анатоліївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -1540,51 +1540,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
@@ -1606,84 +1606,84 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>