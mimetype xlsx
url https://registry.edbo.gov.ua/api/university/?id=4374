--- v0 (2025-11-01)
+++ v1 (2025-12-22)
@@ -1962,84 +1962,84 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -2061,219 +2061,219 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>49</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -2461,84 +2461,84 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>