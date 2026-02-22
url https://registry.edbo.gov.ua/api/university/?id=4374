--- v1 (2025-12-22)
+++ v2 (2026-02-22)
@@ -1493,54 +1493,56 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>64671</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Клінічна психологія</t>
         </is>
       </c>
       <c r="G13" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H13" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>- 20057</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
@@ -1965,216 +1967,216 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>130</v>
+        <v>67</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>49</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -2193,54 +2195,54 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -2259,51 +2261,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -2325,51 +2327,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>155</v>
+        <v>58</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -2494,51 +2496,51 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>274</v>
+        <v>155</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>