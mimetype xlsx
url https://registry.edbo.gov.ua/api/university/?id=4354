--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -3588,51 +3588,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>