--- v1 (2025-12-15)
+++ v2 (2026-02-21)
@@ -2168,92 +2168,92 @@
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>36193</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t>- 1633</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>36194</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Технології робіт та технологічне обладнання аеропортів</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t>- 1634</t>
         </is>
       </c>
       <c r="I12" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
@@ -2490,92 +2490,92 @@
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>80304</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="8" t="inlineStr">
         <is>
           <t>- 12736</t>
         </is>
       </c>
       <c r="I19" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>80305</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Технології робіт та технологічне обладнання аеропортів</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
           <t>- 12735</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D21" s="3"/>
@@ -3492,84 +3492,84 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
@@ -3588,51 +3588,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -3654,51 +3654,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>