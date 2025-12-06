--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -9,58 +9,58 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
-    <sheet name="Ліцензії ФПВО" sheetId="3" state="visible" r:id="rId4"/>
+    <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Освітні програми" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$5</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$17</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$37</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$14</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -538,51 +538,51 @@
       </c>
       <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="6" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>25</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
@@ -814,51 +814,51 @@
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="6" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -2637,210 +2637,220 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
         <v>73944</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Шахтне і підземне будівництво</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>ДС 006798</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
         <v>73949</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Відкрита розробка корисних копалин</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>ДС 006793</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="8" t="n">
         <v>73957</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Підземна розробка корисних копалин</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I31" s="9"/>
+          <t>ДС 006797</t>
+        </is>
+      </c>
+      <c r="I31" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="8" t="n">
         <v>73967</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Експлуатація та ремонт гірничого електромеханічного обладнання та автоматичних пристроїв</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I32" s="9"/>
+          <t>ДС 006794</t>
+        </is>
+      </c>
+      <c r="I32" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="8" t="n">
         <v>73968</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Маркшейдерська справа</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I33" s="9"/>
+          <t>ДС 006796</t>
+        </is>
+      </c>
+      <c r="I33" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="8" t="n">
@@ -2871,54 +2881,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="8" t="n">
         <v>73972</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Будівництво та експлуатація будівель та споруд</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I35" s="9"/>
+          <t>ДС 006792</t>
+        </is>
+      </c>
+      <c r="I35" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="8" t="n">
@@ -2949,54 +2961,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="8" t="n">
         <v>73938</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Конструювання, виготовлення та технічне обслуговування виробів електронної техніки</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I37" s="9"/>
+          <t>ДС 006795</t>
+        </is>
+      </c>
+      <c r="I37" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K37"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I14"/>
@@ -3164,51 +3178,51 @@
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
         <v>36</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
@@ -3359,120 +3373,120 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>