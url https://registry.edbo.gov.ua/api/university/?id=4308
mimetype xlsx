--- v0 (2025-11-03)
+++ v1 (2025-12-24)
@@ -906,56 +906,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>34702</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I2" s="9"/>
       <c r="J2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
@@ -988,56 +986,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>34701</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I4" s="9"/>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
@@ -1259,51 +1255,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>