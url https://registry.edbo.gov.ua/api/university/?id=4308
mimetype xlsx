--- v1 (2025-12-24)
+++ v2 (2026-02-23)
@@ -906,54 +906,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>34702</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I2" s="9"/>
+          <t>ПС 006962</t>
+        </is>
+      </c>
+      <c r="I2" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
@@ -986,54 +988,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>34701</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I4" s="9"/>
+          <t>ПС 006961</t>
+        </is>
+      </c>
+      <c r="I4" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">