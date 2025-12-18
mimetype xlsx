--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -4617,51 +4617,51 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -4782,84 +4782,84 @@
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>