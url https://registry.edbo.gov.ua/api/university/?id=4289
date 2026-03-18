--- v1 (2025-12-18)
+++ v2 (2026-03-18)
@@ -4209,84 +4209,84 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -4452,84 +4452,84 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -4584,51 +4584,51 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -4650,84 +4650,84 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
@@ -4749,117 +4749,117 @@
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Гідроенергетика</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>