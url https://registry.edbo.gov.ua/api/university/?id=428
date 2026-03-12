--- v0 (2025-12-16)
+++ v1 (2026-03-12)
@@ -2761,55 +2761,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
         <v>43851</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t>ДС 000910</t>
+          <t>ДС 006898</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D14" s="3"/>
@@ -3638,84 +3638,84 @@
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>18</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
@@ -3738,84 +3738,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G14</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Деревообробні та меблеві технології</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
@@ -3837,51 +3837,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3903,252 +3903,252 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>9</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>77</v>
+        <v>63</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F17" s="8" t="n">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="F18" s="8" t="n">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>