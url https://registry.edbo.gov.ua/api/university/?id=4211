--- v0 (2025-11-04)
+++ v1 (2026-02-17)
@@ -237,51 +237,55 @@
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>ДНУ "ЦІМТ НАН України"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
-      <c r="B5" s="3"/>
+      <c r="B5" s="3" t="inlineStr">
+        <is>
+          <t>STATE SCIENTIFIC INSTITUTION “CENTER FOR INNOVATIVE MEDICAL TECHNOLOGIES OF THE NAS OF UKRAINE»</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Категорія закладу освіти</t>
@@ -363,73 +367,77 @@
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Вознесенський узвіз, 22</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+044(27)-234-03</t>
+          <t>+38(044)-272-34-03</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>cimtnanu@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>https://cimt.com.ua/</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Тодуров Іван Михайлович</t>
         </is>
       </c>
     </row>