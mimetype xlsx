--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -3773,51 +3773,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -3938,51 +3938,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -4037,117 +4037,117 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -4235,84 +4235,84 @@
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I19"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -4356,74 +4356,74 @@
         </is>
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4221 Агент з організації туризму
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>130</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
@@ -4468,74 +4468,74 @@
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>77</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7241 Електромеханік з ремонту та обслуговування лічильно-обчислювальних машин</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 8263 Вишивальник</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
         <v>23</v>
       </c>
       <c r="C9" s="8" t="n">