--- v1 (2025-12-15)
+++ v2 (2026-02-03)
@@ -3773,51 +3773,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -3905,84 +3905,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -4136,150 +4136,150 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>210</v>
+        <v>139</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -4356,96 +4356,96 @@
         </is>
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>98</v>
+        <v>52</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4221 Агент з організації туризму
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>25</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>130</v>
+        <v>103</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>79</v>
       </c>
       <c r="C5" s="8" t="n">
@@ -4468,51 +4468,51 @@
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>77</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7241 Електромеханік з ремонту та обслуговування лічильно-обчислювальних машин</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C8" s="8" t="n">