--- v2 (2026-02-03)
+++ v3 (2026-03-23)
@@ -3120,55 +3120,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>45393</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t>ДС 000383</t>
+          <t>ДС 006942</t>
         </is>
       </c>
       <c r="I18" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D19" s="3"/>