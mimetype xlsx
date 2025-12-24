--- v0 (2025-10-28)
+++ v1 (2025-12-24)
@@ -1956,117 +1956,117 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>