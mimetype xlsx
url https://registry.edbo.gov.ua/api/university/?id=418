--- v1 (2025-12-24)
+++ v2 (2026-03-10)
@@ -1956,51 +1956,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
@@ -2022,51 +2022,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>