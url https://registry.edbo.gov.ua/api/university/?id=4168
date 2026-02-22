--- v0 (2025-11-02)
+++ v1 (2026-02-22)
@@ -920,51 +920,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>