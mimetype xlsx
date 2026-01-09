--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -2872,54 +2872,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
         <v>84268</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Організація виробництва</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I23" s="9"/>
+          <t>ДС 006708</t>
+        </is>
+      </c>
+      <c r="I23" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
@@ -2950,214 +2952,224 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
         <v>84270</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Обслуговування комп`ютерних систем і мереж</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I25" s="9"/>
+          <t>ДС 006707</t>
+        </is>
+      </c>
+      <c r="I25" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
         <v>84280</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Виробництво жирів і жирозамінників</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I26" s="9"/>
+          <t>ДС 006702</t>
+        </is>
+      </c>
+      <c r="I26" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J26" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="8" t="n">
         <v>84281</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Виробництво харчової продукції</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I27" s="9"/>
+          <t>ДС 006703</t>
+        </is>
+      </c>
+      <c r="I27" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J27" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
         <v>84271</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Монтаж і експлуатація електроустаткування підприємств і цивільних споруд</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I28" s="9"/>
+          <t>ДС 006706</t>
+        </is>
+      </c>
+      <c r="I28" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E29" s="8" t="n">
         <v>84321</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Експлуатація теплотехнічного і теплотехнологічного устаткування і систем теплопостачання</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>ДС 006705</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
@@ -3188,93 +3200,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="8" t="n">
         <v>84278</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Монтаж, обслуговування засобів і систем автоматизації технологічного виробництва</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I31" s="9"/>
+          <t>ДС 006704</t>
+        </is>
+      </c>
+      <c r="I31" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="8" t="n">
         <v>84283</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Обслуговування та ремонт автомобілів і двигунів</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I32" s="9"/>
+          <t>ДС 006701</t>
+        </is>
+      </c>
+      <c r="I32" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K32"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I19"/>
@@ -3406,51 +3422,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -3575,51 +3591,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -3641,51 +3657,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -3839,117 +3855,117 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I19"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>