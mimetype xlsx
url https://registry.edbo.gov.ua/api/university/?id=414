--- v1 (2026-01-09)
+++ v2 (2026-02-23)
@@ -3624,51 +3624,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -3888,84 +3888,84 @@
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>97</v>
+        <v>65</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I19"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>