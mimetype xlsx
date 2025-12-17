--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -3237,51 +3237,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -3303,51 +3303,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>