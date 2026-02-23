--- v1 (2025-12-17)
+++ v2 (2026-02-23)
@@ -2346,54 +2346,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
         <v>57035</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Бізнес-технології та рекламна діяльність</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>ДС 006932</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
@@ -2426,55 +2428,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>42899</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Будівництво та експлуатація будівель і споруд</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t>ДС 002600</t>
+          <t>ДС 006929</t>
         </is>
       </c>
       <c r="I18" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
@@ -2508,55 +2510,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
         <v>43981</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Міське будівництво та господарство</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
-          <t>ДС 002596</t>
+          <t>ДС 006930</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
@@ -2590,55 +2592,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
         <v>43983</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Монтаж і обслуговування внутрішніх санітарно-технічних систем і вентиляції</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
-          <t>ДС 002594</t>
+          <t>ДС 006928</t>
         </is>
       </c>
       <c r="I22" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D23" s="3"/>
@@ -2672,55 +2674,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
         <v>43985</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Землевпорядкування</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
-          <t>ДС 002601</t>
+          <t>ДС 006931</t>
         </is>
       </c>
       <c r="I24" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
@@ -3068,51 +3070,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -3167,187 +3169,187 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>