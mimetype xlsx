--- v0 (2025-10-30)
+++ v1 (2025-12-18)
@@ -2323,366 +2323,384 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
         <v>75841</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Фортепіано</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>КО 006669</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
         <v>75842</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Оркестрові струнні інструменти</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>КО 006667</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="8" t="n">
         <v>75843</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Оркестрові духові та ударні інструменти</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I31" s="9"/>
+          <t>КО 006663</t>
+        </is>
+      </c>
+      <c r="I31" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="8" t="n">
         <v>75844</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Народні інструменти</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I32" s="9"/>
+          <t>КО 006665</t>
+        </is>
+      </c>
+      <c r="I32" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="8" t="n">
         <v>75845</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Спів</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I33" s="9"/>
+          <t>КО 006666</t>
+        </is>
+      </c>
+      <c r="I33" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="8" t="n">
         <v>75848</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Хорове диригування</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I34" s="9"/>
+          <t>КО 006670</t>
+        </is>
+      </c>
+      <c r="I34" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J34" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="8" t="n">
         <v>75849</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Теорія музики</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I35" s="9"/>
+          <t>КО 006668</t>
+        </is>
+      </c>
+      <c r="I35" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="8" t="n">
         <v>75854</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Акторське мистецтво</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I36" s="9"/>
+          <t>КО 006662</t>
+        </is>
+      </c>
+      <c r="I36" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="8" t="n">
         <v>75856</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Народна хореографія</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I37" s="9"/>
+          <t>КО 006664</t>
+        </is>
+      </c>
+      <c r="I37" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K37"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I9"/>
@@ -2847,51 +2865,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -2913,117 +2931,117 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>