--- v1 (2025-12-18)
+++ v2 (2026-02-23)
@@ -2865,84 +2865,84 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
@@ -2964,51 +2964,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>