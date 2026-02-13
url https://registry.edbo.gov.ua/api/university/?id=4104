--- v0 (2025-12-08)
+++ v1 (2026-02-13)
@@ -1,70 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
-    <sheet name="Ліцензії ПДО" sheetId="4" state="visible" r:id="rId5"/>
-[...1 lines deleted...]
-    <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
+    <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Ліцензії ПДО" sheetId="5" state="visible" r:id="rId6"/>
+    <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
+    <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$7</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$3</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -168,51 +171,51 @@
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="167" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="167" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
@@ -565,50 +568,180 @@
         <v>50</v>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.06.2024 № 424-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
+    <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
+    <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
+    <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
+    <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
+    <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
+    <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
+    <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
+    <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
+    <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
+    <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
+  </cols>
+  <sheetData>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
+      <c r="A1" s="4" t="inlineStr">
+        <is>
+          <t>Рівень освіти</t>
+        </is>
+      </c>
+      <c r="B1" s="4" t="inlineStr">
+        <is>
+          <t>Вид освітньої діяльності</t>
+        </is>
+      </c>
+      <c r="C1" s="4" t="inlineStr">
+        <is>
+          <t>Код спеціальності</t>
+        </is>
+      </c>
+      <c r="D1" s="4" t="inlineStr">
+        <is>
+          <t>Назва спеціальності</t>
+        </is>
+      </c>
+      <c r="E1" s="4" t="inlineStr">
+        <is>
+          <t>Спеціалізація</t>
+        </is>
+      </c>
+      <c r="F1" s="4" t="inlineStr">
+        <is>
+          <t>Обсяг
+(на рік)</t>
+        </is>
+      </c>
+      <c r="G1" s="4" t="inlineStr">
+        <is>
+          <t>Обсяг
+(на строк навчання)</t>
+        </is>
+      </c>
+      <c r="H1" s="4" t="inlineStr">
+        <is>
+          <t>Сертифікат про акредитацію</t>
+        </is>
+      </c>
+      <c r="I1" s="4" t="inlineStr">
+        <is>
+          <t>Дата закінчення дії</t>
+        </is>
+      </c>
+      <c r="J1" s="4" t="inlineStr">
+        <is>
+          <t>Рішення про видачу ліцензії</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+      <c r="A2" s="3" t="inlineStr">
+        <is>
+          <t>Фахова передвища освіта</t>
+        </is>
+      </c>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>підготовка здобувачів фахової передвищої освіти</t>
+        </is>
+      </c>
+      <c r="C2" s="8" t="inlineStr">
+        <is>
+          <t>D3</t>
+        </is>
+      </c>
+      <c r="D2" s="3" t="inlineStr">
+        <is>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="E2" s="3"/>
+      <c r="F2" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="G2" s="6"/>
+      <c r="H2" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I2" s="9"/>
+      <c r="J2" s="3" t="inlineStr">
+        <is>
+          <t>Наказ МОН від 08.01.2026 № 3-л</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:J2"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
@@ -699,56 +832,56 @@
       </c>
       <c r="I2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 24.07.2025 № 125-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:K2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K7"/>
+  <dimension ref="A1:K8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -1025,63 +1158,102 @@
         <v>77401</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Управління бізнесом</t>
         </is>
       </c>
       <c r="G7" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B8" s="8" t="inlineStr">
+        <is>
+          <t>D3</t>
+        </is>
+      </c>
+      <c r="C8" s="3" t="inlineStr">
+        <is>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D8" s="3"/>
+      <c r="E8" s="6" t="n">
+        <v>88107</v>
+      </c>
+      <c r="F8" s="3" t="inlineStr">
+        <is>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="G8" s="3"/>
+      <c r="H8" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I8" s="9"/>
+      <c r="J8" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K8" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K7"/>
+  <autoFilter ref="A1:K8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">