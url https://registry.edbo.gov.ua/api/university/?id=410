--- v0 (2025-11-02)
+++ v1 (2026-01-02)
@@ -2876,51 +2876,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>