--- v1 (2026-01-02)
+++ v2 (2026-03-10)
@@ -2843,51 +2843,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -2909,51 +2909,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>