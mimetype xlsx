--- v0 (2025-10-28)
+++ v1 (2026-02-13)
@@ -230,51 +230,51 @@
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>ПП НМЦ СП "Альфа-Захист"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
-          <t>TRAINING AND METHODICAL CENTER FOR SPECIALTRAINING "ALPHA-PROTECTION"</t>
+          <t>TRAINING AND METHODICAL CENTER FOR SPECIAL TRAINING "ALPHA-PROTECTION"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
@@ -294,155 +294,159 @@
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>18000</t>
+          <t>19602</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA71080490000022110</t>
+          <t>UA71080350010034182</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Регіон (місцезнаходження)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
-          <t>Черкаська ОТГ</t>
+          <t>с. Руська Поляна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>вул. Петровського, 20</t>
+          <t>вул. Дорошенка, 37</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>067-474-16-43</t>
+          <t>+38(067)-472-34-79</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>zahist_center@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>alpha-protection.com.ua</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Шпоть Сергій Олександрович</t>
+          <t>Шпоть Світлана Миколаївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">