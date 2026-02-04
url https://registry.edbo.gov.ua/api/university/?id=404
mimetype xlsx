--- v0 (2025-10-25)
+++ v1 (2026-02-04)
@@ -23,53 +23,53 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПТО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ПТО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$3</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$31</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$32</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$16</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$45</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$46</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$33</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$4</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -678,51 +678,51 @@
         <v>47300</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.01.2021 № 2-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:J31"/>
+  <dimension ref="A1:J32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
         </is>
@@ -804,1141 +804,1179 @@
       <c r="H2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C3" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="6" t="n">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="G3" s="6"/>
       <c r="H3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 14.05.2025 № 55-л</t>
+          <t>Наказ МОН від 30.12.2025 № 225-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C4" s="8" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="6" t="n">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C5" s="8" t="inlineStr">
         <is>
-          <t>D6</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
-          <t>Секретарська та офісна справа</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="6" t="n">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C6" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>D6</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="6" t="n">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="G6" s="6"/>
       <c r="H6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C7" s="8" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="6" t="n">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G7" s="6"/>
       <c r="H7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C8" s="8" t="inlineStr">
         <is>
-          <t>G15</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>Технології легкої промисловості</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="6" t="n">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="G8" s="6"/>
       <c r="H8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C9" s="8" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G15</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="6" t="n">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G9" s="6"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C10" s="8" t="inlineStr">
         <is>
-          <t>J1</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>Послуги краси</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="6" t="n">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="G10" s="6"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C11" s="8" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>J1</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Послуги краси</t>
         </is>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="6" t="n">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="G11" s="6"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C12" s="8" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C13" s="8" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="6" t="n">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="G13" s="6"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C14" s="8" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="6" t="n">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="G14" s="6"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C15" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="E15" s="3"/>
       <c r="F15" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G15" s="6"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 21.06.2024 № 443-л</t>
+          <t>Наказ МОН від 14.05.2025 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C16" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>017</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="6" t="n">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="G16" s="6"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 13.11.2019 № 982-л</t>
+          <t>Наказ МОН від 21.06.2024 № 443-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C17" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>022</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="6" t="n">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="G17" s="6"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 17.04.2020 № 132-л</t>
+          <t>Наказ МОН від 13.11.2019 № 982-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C18" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>035</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="6" t="n">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="G18" s="6"/>
       <c r="H18" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 23.02.2023 № 56-л</t>
+          <t>Наказ МОН від 17.04.2020 № 132-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C19" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>053</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="6" t="n">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G19" s="6"/>
       <c r="H19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 13.11.2019 № 982-л</t>
+          <t>Наказ МОН від 23.02.2023 № 56-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C20" s="8" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>061</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 13.11.2019 № 982-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C21" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="6" t="n">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="G21" s="6"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 12.06.2023 № 223-л</t>
+          <t>Наказ МОН від 13.11.2019 № 982-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C22" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>072</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="6" t="n">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="G22" s="6"/>
       <c r="H22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 13.11.2019 № 982-л</t>
+          <t>Наказ МОН від 12.06.2023 № 223-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C23" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>081</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="6" t="n">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="G23" s="6"/>
       <c r="H23" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 13.11.2019 № 982-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C24" s="8" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>122</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="6" t="n">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G24" s="6"/>
       <c r="H24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 01.04.2020 № 119-л</t>
+          <t>Наказ МОН від 13.11.2019 № 982-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C25" s="8" t="inlineStr">
         <is>
-          <t>182</t>
+          <t>123</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
-          <t>Технології легкої промисловості</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="6" t="n">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="G25" s="6"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 13.11.2019 № 982-л</t>
+          <t>Наказ МОН від 01.04.2020 № 119-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C26" s="8" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>182</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="6" t="n">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G26" s="6"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 17.04.2019 № 334-л</t>
+          <t>Наказ МОН від 13.11.2019 № 982-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C27" s="8" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>193</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="6" t="n">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="G27" s="6"/>
       <c r="H27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 13.11.2019 № 982-л</t>
+          <t>Наказ МОН від 17.04.2019 № 334-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C28" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>241</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 13.11.2019 № 982-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C29" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="E29" s="3"/>
       <c r="F29" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G29" s="6"/>
       <c r="H29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 12.06.2023 № 223-л</t>
+          <t>Наказ МОН від 13.11.2019 № 982-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C30" s="8" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>242</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="E30" s="3"/>
       <c r="F30" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G30" s="6"/>
       <c r="H30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 17.02.2022 № 49-л</t>
+          <t>Наказ МОН від 12.06.2023 № 223-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B31" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C31" s="8" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>262</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="E31" s="3"/>
       <c r="F31" s="6" t="n">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="G31" s="6"/>
       <c r="H31" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I31" s="9"/>
       <c r="J31" s="3" t="inlineStr">
         <is>
+          <t>Наказ МОН від 17.02.2022 № 49-л</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="3" t="inlineStr">
+        <is>
+          <t>Фахова передвища освіта</t>
+        </is>
+      </c>
+      <c r="B32" s="3" t="inlineStr">
+        <is>
+          <t>підготовка здобувачів фахової передвищої освіти</t>
+        </is>
+      </c>
+      <c r="C32" s="8" t="inlineStr">
+        <is>
+          <t>274</t>
+        </is>
+      </c>
+      <c r="D32" s="3" t="inlineStr">
+        <is>
+          <t>Автомобільний транспорт</t>
+        </is>
+      </c>
+      <c r="E32" s="3"/>
+      <c r="F32" s="6" t="n">
+        <v>50</v>
+      </c>
+      <c r="G32" s="6"/>
+      <c r="H32" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I32" s="9"/>
+      <c r="J32" s="3" t="inlineStr">
+        <is>
           <t>Наказ МОН від 17.04.2019 № 334-л</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:J31"/>
+  <autoFilter ref="A1:J32"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2236,51 +2274,51 @@
       </c>
       <c r="C16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D16" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K45"/>
+  <dimension ref="A1:K46"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -3541,590 +3579,629 @@
           <t>Здоров'язбереження та реабілітація</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I31" s="9"/>
       <c r="J31" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>82666</v>
+        <v>85743</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I32" s="9"/>
       <c r="J32" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>82667</v>
+        <v>82666</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
-          <t>Фінансова аналітика</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I33" s="9"/>
       <c r="J33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
-          <t>D6</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>Секретарська та офісна справа</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>82664</v>
+        <v>82667</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
-          <t>Референтна справа та переклад</t>
+          <t>Фінансова аналітика</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>82665</v>
+        <v>82664</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
-          <t>Діловодство в юриспруденції</t>
+          <t>Референтна справа та переклад</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>D6</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>82668</v>
+        <v>82665</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Діловодство в юриспруденції</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>82669</v>
+        <v>82668</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
-          <t>Інженерія Інтернету речей</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
-          <t>G15</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Технології легкої промисловості</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>82670</v>
+        <v>82669</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
-          <t>Моделювання та конструювання промислових виробів</t>
+          <t>Інженерія Інтернету речей</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G15</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>82671</v>
+        <v>82670</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Моделювання та конструювання промислових виробів</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
-          <t>J1</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Послуги краси</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>82680</v>
+        <v>82671</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
-          <t>Перукарське мистецтво та декоративна косметика</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>J1</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Послуги краси</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>83040</v>
+        <v>82680</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>Естетична косметологія та б'юті-сервіс</t>
+          <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>J1</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Послуги краси</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>82672</v>
+        <v>83040</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Естетична косметологія та б'юті-сервіс</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I42" s="9"/>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>82673</v>
+        <v>82672</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>82675</v>
+        <v>82673</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
-          <t>Обслуговування та ремонт автомобілів і двигунів</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>82674</v>
+        <v>82675</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Обслуговування та ремонт автомобілів і двигунів</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I45" s="9"/>
       <c r="J45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B46" s="8" t="inlineStr">
+        <is>
+          <t>K9</t>
+        </is>
+      </c>
+      <c r="C46" s="3" t="inlineStr">
+        <is>
+          <t>Правоохоронна діяльність</t>
+        </is>
+      </c>
+      <c r="D46" s="3"/>
+      <c r="E46" s="6" t="n">
+        <v>82674</v>
+      </c>
+      <c r="F46" s="3" t="inlineStr">
+        <is>
+          <t>Правоохоронна діяльність</t>
+        </is>
+      </c>
+      <c r="G46" s="3"/>
+      <c r="H46" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I46" s="9"/>
+      <c r="J46" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K46" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K45"/>
+  <autoFilter ref="A1:K46"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I33"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -4214,117 +4291,117 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -4478,51 +4555,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>J1</t>
         </is>
       </c>
@@ -4544,150 +4621,150 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
@@ -4713,121 +4790,121 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -4853,84 +4930,84 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -4952,282 +5029,282 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
@@ -5329,51 +5406,51 @@
       </c>
       <c r="B2" s="6" t="n">
         <v>23</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7241 Майстер з діагностики та налагодження електронного устаткування автомобільних засобів</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>79</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>0</v>