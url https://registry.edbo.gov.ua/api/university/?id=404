--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -2506,51 +2506,51 @@
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>33825</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="8" t="inlineStr">
         <is>
           <t>- 3596</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D6" s="3"/>
@@ -4291,51 +4291,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
@@ -5128,51 +5128,51 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -5293,51 +5293,51 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I33"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -5383,51 +5383,51 @@
       <c r="D1" s="5" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Бармен
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>36</v>
       </c>
       <c r="C3" s="6" t="n">