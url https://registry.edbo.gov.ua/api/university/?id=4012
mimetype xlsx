--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1058,51 +1058,51 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>89</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Пекар</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>8340 Судноводій малотоннажного судна</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>22</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>