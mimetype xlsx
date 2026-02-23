--- v1 (2025-12-21)
+++ v2 (2026-02-23)
@@ -361,75 +361,75 @@
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Братська, 12</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(044) 428-71-04</t>
+          <t>+38(044)-428-71-04</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>info@kvpuvt.kiev.ua</t>
+          <t>info@kvpuvt.kyiv.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>http://kvpuvt.kiev.ua</t>
+          <t>http://kvpuvt.kyiv.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Михлик Людмила Іванівна</t>
         </is>
@@ -1058,51 +1058,51 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>89</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Пекар</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>171</v>
+        <v>143</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>8340 Судноводій малотоннажного судна</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>22</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>