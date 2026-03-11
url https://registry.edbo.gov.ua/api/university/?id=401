--- v0 (2025-10-26)
+++ v1 (2026-03-11)
@@ -403,63 +403,63 @@
         <is>
           <t>korpk.org@gmail.com.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>http://www.korpk.org.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Мороз Василь Миколайович</t>
+          <t>Позняков Павло Миколайович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -1817,161 +1817,161 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -2035,51 +2035,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>