--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -1037,56 +1037,54 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>54</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
-          <t> 9508</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H8" s="9"/>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.04.2021 № 49-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>228</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Педіатрія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
@@ -1189,55 +1187,55 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="F12" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G12" s="7" t="inlineStr">
         <is>
-          <t> 9507</t>
+          <t> 19408</t>
         </is>
       </c>
       <c r="H12" s="9" t="n">
-        <v>46001</v>
+        <v>46379</v>
       </c>
       <c r="I12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.05.2021 № 59-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="3" t="inlineStr">
@@ -2272,56 +2270,54 @@
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>34150</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="G5" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H5" s="7" t="inlineStr">
         <is>
-          <t>- 9508</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I5" s="9"/>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>228</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Педіатрія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
@@ -2626,55 +2622,55 @@
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>48230</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="G13" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t>- 9507</t>
+          <t>- 19408</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
-        <v>46001</v>
+        <v>46379</v>
       </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D14" s="3"/>
@@ -2936,51 +2932,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>I3</t>
         </is>
       </c>
@@ -3006,187 +3002,187 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>228</t>
         </is>
       </c>