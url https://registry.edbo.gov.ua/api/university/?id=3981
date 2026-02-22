--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -261,51 +261,51 @@
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>1995</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Категорія закладу освіти</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>