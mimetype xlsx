--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1895,54 +1895,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>73959</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>ДО 004066</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
@@ -2047,51 +2049,51 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -2368,51 +2370,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>