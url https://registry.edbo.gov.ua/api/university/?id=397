--- v1 (2025-12-07)
+++ v2 (2026-02-22)
@@ -1588,186 +1588,186 @@
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>42804</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
-          <t>ДО 004063</t>
+          <t>ДО 006945</t>
         </is>
       </c>
       <c r="I9" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>42803</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
-          <t>ДО 004065</t>
+          <t>ДО 006946</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
         <v>42802</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
-          <t>ДО 004064</t>
+          <t>ДО 006943</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>42796</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво,реставрація</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
-          <t>ДО 004066</t>
+          <t>ДО 006944</t>
         </is>
       </c>
       <c r="I12" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
@@ -1895,56 +1895,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>73959</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
-          <t>ДО 004066</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I16" s="9"/>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
@@ -2226,88 +2224,88 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -2370,51 +2368,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>