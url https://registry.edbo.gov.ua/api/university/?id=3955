--- v0 (2025-12-25)
+++ v1 (2026-03-03)
@@ -778,51 +778,51 @@
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G3" s="7" t="inlineStr">
         <is>
           <t> 457</t>
         </is>
       </c>
       <c r="H3" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.03.2021 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
@@ -1033,51 +1033,51 @@
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>25669</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
           <t>- 457</t>
         </is>
       </c>
       <c r="I3" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>229</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="D4" s="3"/>
@@ -1397,263 +1397,263 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I9</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Громадське здоров'я</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>52</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>229</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>21</v>
       </c>