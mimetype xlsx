--- v0 (2025-12-10)
+++ v1 (2026-02-10)
@@ -3752,54 +3752,54 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
@@ -3950,54 +3950,54 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
@@ -4056,51 +4056,51 @@
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -4251,51 +4251,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>