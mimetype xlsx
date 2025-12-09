--- v0 (2025-10-21)
+++ v1 (2025-12-09)
@@ -3306,84 +3306,84 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>34</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>