--- v1 (2025-12-09)
+++ v2 (2026-02-08)
@@ -3009,51 +3009,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -3075,51 +3075,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
@@ -3141,51 +3141,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -3207,84 +3207,84 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -3306,84 +3306,84 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F12" s="8" t="n">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -3405,51 +3405,51 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>