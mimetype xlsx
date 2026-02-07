--- v0 (2025-10-26)
+++ v1 (2026-02-07)
@@ -1497,54 +1497,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
         <v>58527</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Комплекси та засоби автоматизації управління автоматизованої системи управління авіацією та протиповітряною обороною</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I12" s="9"/>
+          <t>- 0</t>
+        </is>
+      </c>
+      <c r="I12" s="9" t="n">
+        <v>46403</v>
+      </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
@@ -1616,376 +1618,374 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>58597</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування військових літаків, вертольотів та авіадвигунів</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I15" s="9"/>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
         <v>58598</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Авіаційне озброєння</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I16" s="9"/>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>58599</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Експлуатація авіаційного обладнання військових літаків та вертольотів</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I17" s="9"/>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>58600</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Експлуатація радіоелектронного обладнання літаків, вертольотів і авіаційних ракет</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I18" s="9"/>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
         <v>62504</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Експлуатація зенітних ракетних комплексів та систем середньої дальності</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I19" s="9"/>
+          <t>- 0</t>
+        </is>
+      </c>
+      <c r="I19" s="9" t="n">
+        <v>46403</v>
+      </c>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
         <v>62505</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Експлуатація радіотехнічних систем та пристроїв засобів радіолокації</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I20" s="9"/>
+          <t>- 0</t>
+        </is>
+      </c>
+      <c r="I20" s="9" t="n">
+        <v>46402</v>
+      </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
         <v>62506</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Експлуатація наземних засобів радіоелектронного та інформаційного забезпечення польотів</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I21" s="9"/>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
         <v>62507</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Безпілотні авіаційні комплекси оперативно-тактичного, оперативного та стратегічного класів</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I22" s="9"/>
+          <t>- 0</t>
+        </is>
+      </c>
+      <c r="I22" s="9" t="n">
+        <v>46403</v>
+      </c>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
         <v>65118</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Експлуатація радіоелектронних засобів інформаційного забезпечення і управління зенітними ракетними комплексами та системами</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I23" s="9"/>
+          <t>- 0</t>
+        </is>
+      </c>
+      <c r="I23" s="9" t="n">
+        <v>46403</v>
+      </c>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">