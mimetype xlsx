--- v1 (2026-02-07)
+++ v2 (2026-03-27)
@@ -1577,212 +1577,220 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
         <v>53009</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Експлуатація систем і комплексів зенітного озброєння Сухопутних військ</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t>ДС 002412</t>
+          <t>ДС 006957</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>58597</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування військових літаків, вертольотів та авіадвигунів</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I15" s="9"/>
+          <t>ДС 006956</t>
+        </is>
+      </c>
+      <c r="I15" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
         <v>58598</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Авіаційне озброєння</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>ДС 006952</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>58599</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Експлуатація авіаційного обладнання військових літаків та вертольотів</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДС 006953</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>58600</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Експлуатація радіоелектронного обладнання літаків, вертольотів і авіаційних ракет</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I18" s="9"/>
+          <t>ДС 006954</t>
+        </is>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
@@ -1856,54 +1864,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
         <v>62506</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Експлуатація наземних засобів радіоелектронного та інформаційного забезпечення польотів</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I21" s="9"/>
+          <t>ДС 006955</t>
+        </is>
+      </c>
+      <c r="I21" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">