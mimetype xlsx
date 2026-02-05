--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -2411,55 +2411,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
         <v>42591</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Виробництво і переробка продукції рослинництва</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t>ДО 002266</t>
+          <t>- 0</t>
         </is>
       </c>
       <c r="I12" s="9" t="n">
-        <v>46204</v>
+        <v>46364</v>
       </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
@@ -2881,150 +2881,150 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -3046,150 +3046,150 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>