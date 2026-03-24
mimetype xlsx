--- v1 (2026-02-05)
+++ v2 (2026-03-24)
@@ -2370,55 +2370,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
         <v>42593</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Монтаж, обслуговування устаткування і систем газопостачання</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t>ДО 002265</t>
+          <t>ДО 14</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
@@ -3013,117 +3013,117 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>144</v>
+        <v>93</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
@@ -3145,54 +3145,54 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>277</v>
+        <v>259</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">