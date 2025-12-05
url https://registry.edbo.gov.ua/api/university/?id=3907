--- v0 (2025-10-17)
+++ v1 (2025-12-05)
@@ -12,60 +12,60 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="3" state="visible" r:id="rId4"/>
-    <sheet name="Ліцензії ФПВО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПТО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$27</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$27</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$40</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$33</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -486,51 +486,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>120</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.04.2021 № 49-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
@@ -586,51 +586,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -715,51 +715,51 @@
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -1160,51 +1160,51 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C13" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="6" t="n">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="G13" s="6"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 28.04.2025 № 43-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
@@ -3831,51 +3831,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
@@ -3930,150 +3930,150 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>30</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>38</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -4095,51 +4095,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
@@ -4359,183 +4359,183 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -4557,51 +4557,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -4656,51 +4656,51 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I33"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>