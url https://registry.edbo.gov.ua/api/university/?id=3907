--- v1 (2025-12-05)
+++ v2 (2026-01-23)
@@ -2246,93 +2246,97 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>83301</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I8" s="9"/>
+          <t>- 19349</t>
+        </is>
+      </c>
+      <c r="I8" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>83303</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I9" s="9"/>
+          <t>- 19350</t>
+        </is>
+      </c>
+      <c r="I9" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
@@ -3732,51 +3736,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
@@ -3798,51 +3802,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -4128,51 +4132,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
@@ -4260,84 +4264,84 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -4362,84 +4366,84 @@
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>58</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>87</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
@@ -4458,54 +4462,54 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
@@ -4557,51 +4561,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -4656,54 +4660,54 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I33"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">