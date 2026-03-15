--- v2 (2026-01-23)
+++ v3 (2026-03-15)
@@ -2008,51 +2008,51 @@
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>34073</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="8" t="inlineStr">
         <is>
           <t>- 1635</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D3" s="3"/>
@@ -2090,51 +2090,51 @@
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>34072</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t>- 1898</t>
         </is>
       </c>
       <c r="I4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D5" s="3"/>
@@ -2367,55 +2367,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>45667</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
-          <t>ДС 001212</t>
+          <t>ДС 006938</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
@@ -2609,54 +2609,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>60048</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДС 006937</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
@@ -3637,51 +3639,51 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
@@ -3835,84 +3837,84 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -4000,54 +4002,54 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
@@ -4132,51 +4134,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
@@ -4264,51 +4266,51 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
@@ -4366,84 +4368,84 @@
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>58</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
@@ -4462,84 +4464,84 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -4561,51 +4563,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -4627,51 +4629,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>